--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -1,22978 +1,6456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="341336B8" w14:textId="5126E6B0" w:rsidR="00C41589" w:rsidRPr="00AF5E6A" w:rsidRDefault="00C41589" w:rsidP="00C246BB">
-[...13 lines deleted...]
-    <w:p w14:paraId="56B189E2" w14:textId="451A9325" w:rsidR="008B283F" w:rsidRPr="00AF5E6A" w:rsidRDefault="008B283F" w:rsidP="00C246BB">
+    <w:p w14:paraId="5C09A71E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="278BDEDD" w14:textId="451B6A3B" w:rsidR="00AF5E6A" w:rsidRPr="00B47480" w:rsidRDefault="00B47480" w:rsidP="00C246BB">
+    <w:p w14:paraId="169CCC06" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="795CFFD7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="0"/>
-      <w:r w:rsidRPr="00B47480">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTIGO </w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r w:rsidR="00F07DBD">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>ORIGINAL</w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428C0092" w14:textId="274999B8" w:rsidR="007F4A60" w:rsidRDefault="007F4A60" w:rsidP="00C246BB">
+    <w:p w14:paraId="7FCFC20E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título do </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:t xml:space="preserve">Título do Trabalho no Idioma Original do </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:t xml:space="preserve">Texto </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">rabalho no </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:commentReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:t xml:space="preserve">com um Máximo de </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">dioma </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:t xml:space="preserve">90 Caracteres </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Oswald" w:hAnsi="Oswald"/>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">riginal do </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t>(com espaço)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C11B69" w14:textId="264A5673" w:rsidR="00C246BB" w:rsidRPr="00D301A9" w:rsidRDefault="008B283F" w:rsidP="00D301A9">
+    <w:p w14:paraId="6054831A" w14:textId="1DCD47BD" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5654"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
-      <w:r w:rsidRPr="00D301A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
-      <w:r w:rsidR="00D07107" w:rsidRPr="00D301A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+        <w:commentReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="00C55E07">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:commentReference w:id="4"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CE33A25" wp14:editId="043A520C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A993921" wp14:editId="33316747">
             <wp:extent cx="147711" cy="147711"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:docPr id="399352609" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="120225591" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="151631" cy="151631"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330D2A7B" w14:textId="44867546" w:rsidR="00A92AC1" w:rsidRPr="00D07107" w:rsidRDefault="00265D06" w:rsidP="00C246BB">
+    <w:p w14:paraId="25366B91" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
-      <w:r w:rsidRPr="00D07107">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Instituição</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Instituição, faculdade, departamento | Cidade, Estado, País </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="5"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, faculdade, departamento</w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508F2154" w14:textId="195A84CC" w:rsidR="00C246BB" w:rsidRPr="00D301A9" w:rsidRDefault="00C246BB" w:rsidP="00C246BB">
+    <w:p w14:paraId="33C95B77" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D301A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Autor</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+        <w:t xml:space="preserve">Autor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40A54BDE" wp14:editId="205C619C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0953E2CB" wp14:editId="72302A9C">
             <wp:extent cx="147711" cy="147711"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:docPr id="590860787" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="120225591" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="151631" cy="151631"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFE71ED" w14:textId="77777777" w:rsidR="00C246BB" w:rsidRPr="00C246BB" w:rsidRDefault="00C246BB" w:rsidP="00C246BB">
+    <w:p w14:paraId="4EC6AA23" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C246BB">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Instituição, faculdade, departamento | Cidade, Estado, País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1311FD4E" w14:textId="01C87428" w:rsidR="00C246BB" w:rsidRPr="00D301A9" w:rsidRDefault="00C246BB" w:rsidP="00C246BB">
+    <w:p w14:paraId="3679EC9D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D301A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Autor</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond Medium" w:hAnsi="EB Garamond Medium"/>
+        <w:t xml:space="preserve">Autor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="021CE047" wp14:editId="28D4AAAF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CDF8A99" wp14:editId="66D4E705">
             <wp:extent cx="147711" cy="147711"/>
             <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:docPr id="120225591" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="120225591" name="Picture 1" descr="A green circle with white letters&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="151631" cy="151631"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342F4A1E" w14:textId="77777777" w:rsidR="00C246BB" w:rsidRPr="00C246BB" w:rsidRDefault="00C246BB" w:rsidP="00C246BB">
+    <w:p w14:paraId="7E770C16" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C246BB">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Instituição, faculdade, departamento | Cidade, Estado, País</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296DF78C" w14:textId="77777777" w:rsidR="00C246BB" w:rsidRPr="00336BA3" w:rsidRDefault="00C246BB" w:rsidP="00C246BB">
+    <w:p w14:paraId="3817AC04" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4458"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4457"/>
+        <w:gridCol w:w="4353"/>
+        <w:gridCol w:w="363"/>
+        <w:gridCol w:w="4354"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B3B98" w:rsidRPr="00336BA3" w14:paraId="2EE963C7" w14:textId="77777777" w:rsidTr="003B3B98">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="354C833A" w14:textId="77777777" w:rsidTr="00EB4DDA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="5B3791D5" w14:textId="27290888" w:rsidR="003B3B98" w:rsidRDefault="003B3B98" w:rsidP="00523F75">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F2EF163" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="Text9"/>
+            <w:commentRangeStart w:id="7"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Resumo</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="7"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:commentReference w:id="7"/>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:commentRangeStart w:id="8"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">sem </w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="8"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              <w:commentReference w:id="8"/>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>fringilla ut morbi tincidunt augue interdum velit euismod in pellentesque massa placerat duis ultricies lacus sed turpis tincidunt id aliquet risus feugiat in ante metus dictum at tempor commodo ullamcorper a lacus vestibulum sed arcu non odio euismod lacinia at quis risus sed vulputate odio ut enim blandit volutpat maecenas volutpat blandit aliquam etiam erat velit scelerisque in dictum non consectetur a erat nam at lectus urna duis convallis convallis tellus id interdum velit laoreet id donec ultrices tincidunt arcu non sodales neque sodales ut etiam sit amet nisl purus in mollis nunc sed id semper risus in hendrerit gravida rutrum quisque non tellus orci ac auctor augue mauris augue neque gravida in fermentum et sollicitudin ac orci phasellus egestas tellus rutrum tellus pellentesque eu tincidunt tortor aliquam nulla facilisi cras fermentum odio eu feugiat pretium nibh ipsum consequat nisl vel pretium lectus quam id leo in vitae turpis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46EF5E4C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="680162D9" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="183A057D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>:</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Abstract:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00336BA3">
-              <w:rPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>em fringilla ut morbi tincidunt augue interdum velit euismod in pellentesque massa placerat duis ultricies lacus sed turpis tincidunt id aliquet risus feugiat in ante metus dictum at tempor commodo ullamcorper a lacus vestibulum sed arcu non odio euismod lacinia at quis risus sed vulputate odio ut enim blandit volutpat maecenas volutpat blandit aliquam etiam erat velit scelerisque in dictum non consectetur a erat nam at lectus urna duis convallis convallis tellus id interdum velit laoreet id donec ultrices tincidunt arcu non sodales neque sodales ut etiam sit amet nisl purus in mollis nunc sed id semper risus in hendrerit gravida rutrum quisque non tellus orci ac auctor augue mauris augue neque gravida in fermentum et sollicitudin ac orci phasellus egestas tellus rutrum tellus pellentesque eu tincidunt tortor aliquam nulla facilisi cras fermentum odio eu feugiat pretium nibh ipsum consequat nisl vel pretium lectus quam id leo in vitae turpis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F13A0C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="1BC06B75" w14:textId="77777777" w:rsidTr="00EB4DDA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="535309A2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Palavras-chave:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="9"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Palavra-chave 1, Palavra-chave 2, Palavra-chave 3, Palavra-chave 4, Palavra-chave 5.</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="9"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:commentReference w:id="9"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...2198 lines deleted...]
-          <w:p w14:paraId="6C58672C" w14:textId="2F90A5DB" w:rsidR="003B3B98" w:rsidRPr="00336BA3" w:rsidRDefault="003B3B98" w:rsidP="00523F75">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="200" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33A56338" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
-                <w:bCs/>
-[...10 lines deleted...]
-          <w:p w14:paraId="51EB4C6E" w14:textId="77777777" w:rsidR="003B3B98" w:rsidRPr="00336BA3" w:rsidRDefault="003B3B98" w:rsidP="00C86D81">
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ADC2D3D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              <w:rPr>
+              <w:t>Keywords:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="10"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Keyword 1, Keyword 2, Keyword 3, Keyword 4, Keyword 5.</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="10"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2351 lines deleted...]
-              </w:rPr>
               <w:commentReference w:id="10"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EF5511F" w14:textId="77777777" w:rsidR="00AF5E6A" w:rsidRPr="00336BA3" w:rsidRDefault="00AF5E6A" w:rsidP="00C86D81">
+    <w:p w14:paraId="3FE7295E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5413839A" w14:textId="2D312AA0" w:rsidR="00311CAD" w:rsidRPr="00311CAD" w:rsidRDefault="00311CAD" w:rsidP="00311CAD">
+    <w:p w14:paraId="222AC807" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:framePr w:dropCap="drop" w:lines="3" w:wrap="around" w:vAnchor="text" w:hAnchor="text"/>
         <w:spacing w:after="0" w:line="1409" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:position w:val="-5"/>
           <w:sz w:val="161"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="11"/>
-      <w:r w:rsidRPr="00311CAD">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:position w:val="-5"/>
           <w:sz w:val="161"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:commentRangeEnd w:id="11"/>
-      <w:r w:rsidR="00975EA4">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:position w:val="-5"/>
+          <w:sz w:val="161"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3B712E" w14:textId="48C0F2D8" w:rsidR="00F571C2" w:rsidRPr="00336BA3" w:rsidRDefault="00311CAD" w:rsidP="00C86D81">
+    <w:p w14:paraId="5E4875F4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311CAD">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">t quis </w:t>
       </w:r>
       <w:commentRangeStart w:id="12"/>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">risus </w:t>
       </w:r>
       <w:commentRangeEnd w:id="12"/>
-      <w:r w:rsidR="006A4EB6">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2035 lines deleted...]
-      <w:r w:rsidR="00A569B9" w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sed vulputate odio ut enim blandit volutpat maecenas volutpat blandit aliquam etiam erat velit scelerisque in dictum non consectetur a erat nam at lectus urna duis convallis convallis tellus id interdum velit laoreet id donec ultrices tincidunt arcu non sodales neque sodales ut etiam sit amet nisl purus in mollis nunc sed id semper risus in hendrerit gravida rutrum quisque non tellus orci ac auctor augue mauris augue neque gravida in fermentum et sollicitudin ac orci phasellus egestas tellus rutrum tellus pellentesque eu tincidunt tortor aliquam nulla facilisi cras fermentum odio eu feugiat pretium nibh ipsum consequat nisl vel pretium lectus quam id leo in vitae turpis massa sed elementum tempus egestas sed sed risus pretium quam vulputate dignissim suspendisse in est ante in nibh mauris cursus mattis molestie a iaculis at erat pellentesque adipiscing commodo elit at imperdiet dui accumsan sit amet nulla facilisi morbi tempus iaculis urna id volutpat lacus laoreet non curabitur gravida arcu ac tortor dignissim convallis aenean et tortor at risus viverra adipiscing at in tellus integer feugiat scelerisque varius morbi enim nunc faucibus a pellentesque sit amet porttitor eget dolor morbi non arcu risus quis varius quam quisque id diam vel.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="443AC6A4" w14:textId="77777777" w:rsidR="00896ED3" w:rsidRPr="00336BA3" w:rsidRDefault="00896ED3" w:rsidP="00C86D81">
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE20170" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="436DA605" w14:textId="1D5885D6" w:rsidR="00311CAD" w:rsidRDefault="0066500C" w:rsidP="00311CAD">
+    <w:p w14:paraId="255DD977" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...66 lines deleted...]
-    <w:p w14:paraId="33FBB7FD" w14:textId="77777777" w:rsidR="00311CAD" w:rsidRDefault="00311CAD" w:rsidP="00311CAD">
+        <w:t>1. Amet mauris commodo quis imperdiet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6C716A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C5482EC" w14:textId="477C31C8" w:rsidR="002677E5" w:rsidRDefault="00E27F37" w:rsidP="002677E5">
+    <w:p w14:paraId="0747B86B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E27F37">
+        <w:t>Sed ullamcorper morbi tincidunt ornare massa eget egestas purus viverra accumsan in nisl nisi scelerisque eu ultrices vitae auctor eu augue ut lectus arcu bibendum at varius vel pharetra vel turpis nunc eget lorem dolor sed viverra ipsum nunc aliquet bibendum enim facilisis gravida neque convallis a cras semper auctor neque vitae tempus quam pellentesque nec nam aliquam sem et tortor consequat id porta nibh venenatis cras sed felis eget velit aliquet sagittis id consectetur purus ut faucibus pulvinar elementum integer enim neque volutpat ac tincidunt vitae semper quis lectus nulla at volutpat diam ut venenatis tellus in metus vulputate eu scelerisque felis imperdiet proin fermentum leo vel orci porta non pulvinar neque laoreet suspendisse interdum consectetur libero id faucibus nisl tincidunt eget nullam non nisi est sit amet facilisis magna etiam tempor orci eu lobortis elementum nibh tellus molestie nunc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ed</w:t>
-[...1668 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2FB9EA" w14:textId="6C6860AA" w:rsidR="00233576" w:rsidRPr="00E27F37" w:rsidRDefault="00233576" w:rsidP="00C86D81">
+    <w:p w14:paraId="657A8A3B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E27F37">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">2. </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="22F59F35" w14:textId="77777777" w:rsidR="00E27F37" w:rsidRPr="00336BA3" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+        <w:t>2. Enim facilisis gravida neque convallis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2915DD77" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="177DF2E4" w14:textId="61C0F72A" w:rsidR="00513636" w:rsidRDefault="00E27F37" w:rsidP="003B3B98">
+    <w:p w14:paraId="46DDE483" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...746 lines deleted...]
-    <w:p w14:paraId="42D6E1AC" w14:textId="77777777" w:rsidR="003B3B98" w:rsidRDefault="003B3B98" w:rsidP="003B3B98">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A cras semper auctor neque vitae tempus quam pellentesque nec nam aliquam sem et tortor consequat id porta nibh venenatis cras sed felis eget velit aliquet sagittis id consectetur purus ut faucibus pulvinar elementum integer enim neque volutpat ac tincidunt vitae semper quis lectus nulla at volutpat diam ut venenatis tellus in metus vulputate eu scelerisque felis imperdiet proin fermentum leo vel orci porta non pulvinar neque laoreet suspendisse interdum consectetur libero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49945DF7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF22F23" w14:textId="6757358A" w:rsidR="003B3B98" w:rsidRPr="00336BA3" w:rsidRDefault="008A2CCC" w:rsidP="008A2CCC">
+    <w:p w14:paraId="5BE5A78B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>FIGURA</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="45080296" w14:textId="1589ECA3" w:rsidR="00A830A7" w:rsidRPr="00336BA3" w:rsidRDefault="00A830A7" w:rsidP="00C86D81">
+        <w:t>FIGURA 1 – As legendas, de forma geral, devem explicar ao máximo a imagem fornecida, incluindo dados como título, compositor etc. para atender aos leitores com deficiência visual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14595F08" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690A16A2" w14:textId="5FAE6DCD" w:rsidR="003B3B98" w:rsidRDefault="000C7C9C" w:rsidP="00336BA3">
+    <w:p w14:paraId="439F8016" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41B748D5" wp14:editId="3ED75265">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10AFAA0C" wp14:editId="451C6E6C">
             <wp:extent cx="5759450" cy="2489835"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
-            <wp:docPr id="4" name="Picture 4"/>
+            <wp:docPr id="4" name="Picture 4" descr="A sheet of music with notes&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="bach.png"/>
+                    <pic:cNvPr id="4" name="Picture 4" descr="A sheet of music with notes&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5759450" cy="2489835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1866FFEB" w14:textId="77777777" w:rsidR="000C7C9C" w:rsidRDefault="000C7C9C" w:rsidP="00336BA3">
+    <w:p w14:paraId="59019F16" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74F148E0" w14:textId="77C54577" w:rsidR="00C65CC3" w:rsidRPr="00336BA3" w:rsidRDefault="00C237BA" w:rsidP="00336BA3">
+    <w:p w14:paraId="2E40F9B1" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fonte/</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        <w:t>Fonte/Source: Author (2015, p. 450)</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Source</w:t>
-[...64 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E1BCE4" w14:textId="77777777" w:rsidR="00896ED3" w:rsidRPr="00336BA3" w:rsidRDefault="00896ED3" w:rsidP="00C86D81">
+    <w:p w14:paraId="0DB7C7F5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6998848C" w14:textId="2950B859" w:rsidR="00E27F37" w:rsidRDefault="003B3B98" w:rsidP="00C86D81">
+    <w:p w14:paraId="5E7EAE83" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...306 lines deleted...]
-    <w:p w14:paraId="18BCFCDC" w14:textId="77777777" w:rsidR="003B3B98" w:rsidRDefault="003B3B98" w:rsidP="00C86D81">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nisl condimentum id venenatis a condimentum vitae sapien pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas sed tempus urna et pharetra pharetra massa massa ultricies mi quis hendrerit dolor magna eget est:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF9AD62" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18106356" w14:textId="178F8627" w:rsidR="00E27F37" w:rsidRPr="00E27F37" w:rsidRDefault="00E27F37" w:rsidP="00E27F37">
+    <w:p w14:paraId="517D619E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E27F37">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">sem </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E27F37">
+        <w:t xml:space="preserve">sem viverra aliquet eget sit amet tellus cras adipiscing enim eu turpis egestas pretium aenean pharetra magna ac placerat vestibulum lectus mauris ultrices eros in cursus turpis massa tincidunt dui ut ornare lectus sit amet est placerat in egestas erat imperdiet sed euismod nisi porta lorem mollis aliquam ut porttitor leo a diam sollicitudin tempor id eu nisl nunc mi ipsum faucibus vitae aliquet nec ullamcorper sit amet risus nullam eget felis eget nunc lobortis mattis aliquam faucibus. </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="14"/>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>viverra</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>(Autor, 2000, p. 55)</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="14"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1054 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="14"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E58FBF1" w14:textId="17ADEC57" w:rsidR="00E27F37" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+    <w:p w14:paraId="5216BC25" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EECDDE3" w14:textId="58EFCCB8" w:rsidR="00513636" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+    <w:p w14:paraId="4D3CB7CC" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>P</w:t>
-[...645 lines deleted...]
-    <w:p w14:paraId="76E6130F" w14:textId="77777777" w:rsidR="00E27F37" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+        <w:t>Proin sed libero enim sed faucibus turpis in eu mi bibendum neque egestas congue quisque egestas diam in arcu cursus euismod quis viverra nibh cras pulvinar mattis nunc sed blandit libero volutpat sed cras ornare arcu dui vivamus arcu felis bibendum ut tristique et egestas quis ipsum suspendisse ultrices gravida dictum fusce ut placerat orci nulla pellentesque dignissim enim sit amet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D63FD94" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F3900DF" w14:textId="12B86DA1" w:rsidR="008A2CCC" w:rsidRPr="00336BA3" w:rsidRDefault="008A2CCC" w:rsidP="008A2CCC">
+    <w:p w14:paraId="7003E2E4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="15"/>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>TABELA</w:t>
-[...36 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TABELA 1 – Aliquam augue risus</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1846"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="1798"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="1818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w14:paraId="50ACE58D" w14:textId="6ADC13DE" w:rsidTr="008A2CCC">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="5F05F27C" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ED0CE95" w14:textId="77777777" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00ED6AE9" w:rsidP="008A2CCC">
+          <w:p w14:paraId="602433A5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B91F43C" w14:textId="7E995BD0" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="008A2CCC">
+          <w:p w14:paraId="67DE33A8" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+              </w:rPr>
+              <w:t>Coluna 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39536DED" w14:textId="06A1C464" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="008A2CCC">
+          <w:p w14:paraId="52709164" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>2</w:t>
+              </w:rPr>
+              <w:t>Coluna 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="194DD7F3" w14:textId="52062AA3" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="008A2CCC">
+          <w:p w14:paraId="43868F9B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>3</w:t>
+              </w:rPr>
+              <w:t>Coluna 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17F319F2" w14:textId="1B6FC4AF" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="008A2CCC">
+          <w:p w14:paraId="1C4004D4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Coluna </w:t>
+              </w:rPr>
+              <w:t>Coluna 4</w:t>
             </w:r>
-            <w:r w:rsidR="00ED6AE9" w:rsidRPr="00336BA3">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w14:paraId="69214B07" w14:textId="64371AC6" w:rsidTr="008A2CCC">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="3DF08957" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13EF44DE" w14:textId="432D8A05" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="00336BA3">
+          <w:p w14:paraId="0234651A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00336BA3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+              </w:rPr>
+              <w:t>Linha 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D31A8AD" w14:textId="05CB5F03" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="2F17590F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>abc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5520DF3F" w14:textId="3B0DEF3A" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="2DC05A49" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>def</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="097AC400" w14:textId="05CF3211" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="47547816" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>abc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="310B112C" w14:textId="28DC62A7" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="0E8FCE78" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>def</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w14:paraId="706C5043" w14:textId="109E8666" w:rsidTr="003B3B98">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="06676FD0" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D482EE6" w14:textId="586D85B4" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00336BA3" w:rsidP="00336BA3">
+          <w:p w14:paraId="4FD1ADD7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 2</w:t>
+              </w:rPr>
+              <w:t>Linha 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="153C01DA" w14:textId="514ECAA9" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="3A06E5C6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>bca</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A1FC8EF" w14:textId="7A693CE1" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="35A9C083" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>efd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F46BD70" w14:textId="7BEB2F01" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="4C4B246D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>bca</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C96C07C" w14:textId="072358A4" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="79C14455" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>efd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w14:paraId="20B81976" w14:textId="2E632F30" w:rsidTr="003B3B98">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="3822E67C" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06501992" w14:textId="2F0BA2C5" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00336BA3" w:rsidP="00336BA3">
+          <w:p w14:paraId="493926A6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              </w:rPr>
+              <w:t>Linha 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49F1BA00" w14:textId="5555A558" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="308C8EF7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>cba</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5979622C" w14:textId="2615BA5A" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="1B555959" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>fed</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21F0DAAA" w14:textId="0F56F9CE" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="345166FA" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>cba</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E160B9F" w14:textId="656A722A" w:rsidR="00ED6AE9" w:rsidRPr="00336BA3" w:rsidRDefault="00201381" w:rsidP="00336BA3">
+          <w:p w14:paraId="31E84EC7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>fed</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C154553" w14:textId="009A1129" w:rsidR="008A2CCC" w:rsidRPr="00336BA3" w:rsidRDefault="008A2CCC" w:rsidP="008A2CCC">
+    <w:p w14:paraId="2DF0F3BF" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fonte/</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        <w:t xml:space="preserve">Fonte/Source: Author (2015, p. 450) </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="15"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Source</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62698178" w14:textId="77777777" w:rsidR="008A2CCC" w:rsidRPr="00336BA3" w:rsidRDefault="008A2CCC" w:rsidP="00C86D81">
+    <w:p w14:paraId="0FC3B1EB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4252000F" w14:textId="20AC3CA7" w:rsidR="00E72486" w:rsidRPr="00336BA3" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+    <w:p w14:paraId="618D3B71" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...552 lines deleted...]
-    <w:p w14:paraId="392E1374" w14:textId="77777777" w:rsidR="00513636" w:rsidRPr="00336BA3" w:rsidRDefault="00513636" w:rsidP="00C86D81">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Varius quam quisque id diam vel quam elementum pulvinar etiam non quam lacus suspendisse faucibus interdum posuere lorem ipsum dolor sit amet consectetur adipiscing elit duis tristique sollicitudin nibh sit amet commodo nulla facilisi nullam vehicula ipsum a arcu cursus vitae congue mauris rhoncus aenean.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022E4B4D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F75508F" w14:textId="2CF1C685" w:rsidR="00A926C6" w:rsidRPr="00336BA3" w:rsidRDefault="0034551C" w:rsidP="00C86D81">
+    <w:p w14:paraId="450B7601" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>AGRADECIMENTOS</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="019CEAF5" w14:textId="4DF4E9C0" w:rsidR="00896ED3" w:rsidRPr="00336BA3" w:rsidRDefault="00896ED3" w:rsidP="00C86D81">
+        <w:t>AGRADECIMENTOS / ACKNOWLEDGMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BAE492" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47F891EE" w14:textId="7B44EDC0" w:rsidR="00513636" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+    <w:p w14:paraId="13DFAE93" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...334 lines deleted...]
-    <w:p w14:paraId="50701CB0" w14:textId="77777777" w:rsidR="00E27F37" w:rsidRPr="00336BA3" w:rsidRDefault="00E27F37" w:rsidP="00C86D81">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Ut tristique et egestas quis ipsum suspendisse ultrices gravida dictum fusce ut placerat orci nulla pellentesque dignissim enim sit amet venenatis urna cursus eget nunc scelerisque viverra mauris in aliquam sem fringilla ut morbi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073908B6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E42FBCD" w14:textId="3F8B3A77" w:rsidR="0066500C" w:rsidRPr="00336BA3" w:rsidRDefault="00DE48AE" w:rsidP="00C86D81">
+    <w:p w14:paraId="320FD049" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="16"/>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>REFERÊNCIAS</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">REFERÊNCIAS </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="16"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="16"/>
       </w:r>
-      <w:r w:rsidR="00D834B5" w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>/ REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D91DFC" w14:textId="77777777" w:rsidR="00896ED3" w:rsidRPr="00336BA3" w:rsidRDefault="00896ED3" w:rsidP="00C86D81">
+    <w:p w14:paraId="23B653C4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1617C836" w14:textId="361FF000" w:rsidR="00EE544A" w:rsidRDefault="00EE544A" w:rsidP="006E50BE">
+    <w:p w14:paraId="24B8587A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Título do trabalho</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>. Edição [se não for a primeira]. Local de publicação: Editora, ano.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>. Edição [se não for a primeira]. Local de publicação: Editora, ano. 200 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2704BB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 200 p.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="656DE27A" w14:textId="77777777" w:rsidR="006E50BE" w:rsidRDefault="006E50BE" w:rsidP="006E50BE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26ED4D8E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Título do trabalho</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>. Edição [se não for a primeira]. Local de publicação: Editora, ano.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00DE5FFE">
+        <w:t xml:space="preserve">. Edição [se não for a primeira]. Local de publicação: Editora, ano. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>E-Book</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. 200 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00C46738">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>https://</w:t>
+          <w:t>https://doi.org/10.33871/vortex.2024.12.0000</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00C46738">
+      </w:hyperlink>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Disponível em: &lt; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>doi.org</w:t>
+          <w:t>https://doi.org/10.33871/vortex.2024.12.0000</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00C46738">
+      </w:hyperlink>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>&gt;. Acesso em: 18 fev. 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C50F55" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AEA2C69" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Título do trabalho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Tradução: Pauline Oliveros. Local de publicação: Editora, ano. 200 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650CAC2A" w14:textId="77777777" w:rsidR="00E0737A" w:rsidRPr="000677B8" w:rsidRDefault="00E0737A" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B68DCA" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">UNESCO – Organização das Nações Unidas para a Educação, a Ciência e a Cultura. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Creative Cities Network</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Paris: UNESCO, 2024. Disponível em: &lt;</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>/10.33871/vortex.2024.12.0000</w:t>
+          <w:t>https://www.unesco.org/en/creative-cities</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>. Disponível em: &lt;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C46738">
+        <w:t>&gt;. Acesso em: 5 jun. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6A4976" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A910DDB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome. Título da parte. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: SOBRENOME, Nome (Org.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Título do trabalho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Edição [se não for a primeira]. Local de publicação: Editora, ano. página inicial-final da parte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CD6A2B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="186EC4C5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome. Título do artigo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Título do Periódico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Local de publicação, número do volume, número do fascículo, página inicial-final do artigo (ou identificador digital – e000), ano/data. Disponível em: &lt; </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00C46738">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>https://</w:t>
+          <w:t>https://doi.org/10.33871/vortex.2024.12.0000</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00C46738">
+      </w:hyperlink>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>&gt;. Acesso em: 5 jun. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7F888A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73A60134" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome. Título do trabalho. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: NOME DO EVENTO, número do evento, ano de realização, local. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Anais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Local de publicação: Editora, ano de publicação. Página inicial-final do trabalho. Disponível em: &lt; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>doi.org</w:t>
+          <w:t>https://doi.org/10.33871/vortex.2024.12.0000</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00C46738">
+      </w:hyperlink>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>&gt;. Acesso em: 5 jun. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42891776" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2055CF2E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Ano defesa. 100 p. Dissertação/Tese (Mestrado/Doutorado, Área). Instituição completa, Local, ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F9CBDD" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="080EA0F3" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AUTORIA (Compositor ou intérprete). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Local: Gravadora/Produtor, 2024. 1 vídeo (58 min). Disponível em: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
             <w:color w:val="auto"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
-          <w:t>/10.33871/vortex.2024.12.0000</w:t>
+          <w:t>https://youtu.be/KuEVmKAyDss?si=SjP62Y8Z0kgxCey5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>&gt;. Acesso em: 18 fev. 2019.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="798E1486" w14:textId="77777777" w:rsidR="006E50BE" w:rsidRDefault="006E50BE" w:rsidP="006E50BE">
+        <w:t>. Acesso em: 5 jun. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34413E94" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="531D1EE1" w14:textId="65CBA666" w:rsidR="00EE544A" w:rsidRDefault="00EE544A" w:rsidP="006E50BE">
+    <w:p w14:paraId="460A855D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE544A">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">SOBRENOME, Nome. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE544A">
+        <w:t xml:space="preserve">SOBRENOME, Nome (compositor). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Título do trabalho</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE544A">
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>. Instrumento(s). Local: Editora, ano. Descrição (Partitura), número de páginas. 1 partitura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAB1335" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Tradução:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE5FFE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0CAA99" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Pauline Oliveros</w:t>
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00C46738">
+        <w:t xml:space="preserve">AUTORIA (Compositor ou intérprete). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Creative </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C46738">
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Local: Gravadora, data. Tipo de mídia (disco, cassete sonoro, CD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F9A154" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAEBCA7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AUTORIA (Compositor). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Cities</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C46738">
+        <w:t>Título da parte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Intérprete: nome. In: Título do álbum. Local: Gravadora, data. Tipo de mídia (disco, cassete sonoro, CD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738821CB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48855265" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AUTORIA (entrevistado). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Network</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE544A">
+        <w:t>Título da entrevista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>. Paris: UNESCO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C46738">
+        <w:t>. Título e dados da fonte na qual foi publicada a entrevista. Entrevista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB6CB07" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>, 2024. Disponível em:</w:t>
-[...994 lines deleted...]
-    <w:p w14:paraId="158B04F9" w14:textId="77777777" w:rsidR="00EE544A" w:rsidRPr="00B22649" w:rsidRDefault="00EE544A" w:rsidP="00EE544A">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28979952" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="EB Garamond" w:eastAsia="Times New Roman" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="17"/>
-      <w:r w:rsidRPr="00336BA3">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>SOBRE OS AUTORES / ABOUT THE AUTHORS</w:t>
       </w:r>
       <w:commentRangeEnd w:id="17"/>
-      <w:r w:rsidR="00A10396">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="17"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272C10DE" w14:textId="77777777" w:rsidR="0075586B" w:rsidRPr="00523F75" w:rsidRDefault="0075586B" w:rsidP="00C86D81">
+    <w:p w14:paraId="5AE1A718" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="FF6957"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF29904" w14:textId="52770E70" w:rsidR="008A2CCC" w:rsidRPr="002677E5" w:rsidRDefault="008A2CCC" w:rsidP="008A2CCC">
+    <w:p w14:paraId="1DD4286D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="18"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00523F75">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pellentesque</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Pellentesque </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="18"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:commentReference w:id="18"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00523F75">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>habitant</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00523F75">
+        <w:t xml:space="preserve">habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas sed tempus urna et pharetra pharetra massa massa ultricies mi quis hendrerit dolor magna eget est lorem ipsum dolor sit amet consectetur adipiscing elit pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas integer eget aliquet nibh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...367 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>elit</w:t>
-[...811 lines deleted...]
-        <w:r w:rsidR="00A830A7" w:rsidRPr="00523F75">
+        <w:t xml:space="preserve">praesent tristique magna sit amet purus gravida quis blandit turpis cursus in hac habitasse platea dictumst quisque sagittis purus sit amet volutpat consequat mauris nunc congue nisi vitae suscipit tellus mauris a diam maecenas sed enim ut sem viverra aliquet eget sit. ORCID: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>https://</w:t>
-[...21 lines deleted...]
-          <w:t>/0000-0000-0000-0000</w:t>
+          <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00523F75">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008E0D56" w:rsidRPr="00523F75">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-[...1 lines deleted...]
-        <w:r w:rsidR="008E0D56" w:rsidRPr="00523F75">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>xxxxxxxxx@zzzzzz.com</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="119D488E" w14:textId="77777777" w:rsidR="008A2CCC" w:rsidRPr="00382D67" w:rsidRDefault="008A2CCC" w:rsidP="00C86D81">
+    <w:p w14:paraId="6F1F95DE" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70E4F725" w14:textId="4D38656F" w:rsidR="00B03731" w:rsidRPr="00382D67" w:rsidRDefault="00D60F24" w:rsidP="00C86D81">
+    <w:p w14:paraId="29C54F4D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="19"/>
-      <w:r w:rsidRPr="00382D67">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CREDIT TAXONOMY</w:t>
       </w:r>
       <w:commentRangeEnd w:id="19"/>
-      <w:r w:rsidR="00050254" w:rsidRPr="00382D67">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="19"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6C0802" w14:textId="5073D72D" w:rsidR="008E32D4" w:rsidRDefault="001D19F9" w:rsidP="00C86D81">
+    <w:p w14:paraId="117FF4F2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382D67">
-[...18 lines deleted...]
-    <w:p w14:paraId="74B30E4C" w14:textId="1FA62B87" w:rsidR="0093274C" w:rsidRPr="00382D67" w:rsidRDefault="00050254" w:rsidP="00C86D81">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Com base na taxonomia CRediT aponte os papéis empregados por cada autor. Repita a tabela abaixo em caso de mais autores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E4B5B0" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00382D67">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Based</w:t>
-[...245 lines deleted...]
-    <w:p w14:paraId="17929BB0" w14:textId="77777777" w:rsidR="00F555F0" w:rsidRPr="00382D67" w:rsidRDefault="00F555F0" w:rsidP="00C86D81">
+        <w:t>Based on the CRediT taxonomy point out the roles used by each author. Repeat the table below for more authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051B0F9C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4216"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="4103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B82B03" w:rsidRPr="00382D67" w14:paraId="24984202" w14:textId="77777777" w:rsidTr="00513A8C">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="011B3B99" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3969AF" w14:textId="3CB0B7FA" w:rsidR="00B82B03" w:rsidRPr="00B82B03" w:rsidRDefault="00B82B03" w:rsidP="00B82B03">
+          <w:p w14:paraId="7A329215" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Autor 1...</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-              </w:rPr>
               <w:commentReference w:id="20"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="74E8A802" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="785E9FA8" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFF51FB" w14:textId="5210C55A" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="0CCA1BC0" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF8C992" w14:textId="0685E778" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="40974CF3" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Conceptualização</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0659D982" w14:textId="7049961D" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="076FCE1A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFA0042" w14:textId="4C8CDF3C" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="67425FB5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="50556DFF" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="592FDE58" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C82523C" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="611FE85D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9984DD" w14:textId="73AEA9EE" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="20222D33" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Curadoria de dados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728AED8C" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="5A2CC934" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C7F6D7" w14:textId="3BBB622E" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="032FBB44" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="1709EE85" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="5D055DE6" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7869ABF2" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="1C71AA1E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08F65ABA" w14:textId="2B653148" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="4F980AB4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Análise formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E035621" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="16DF7203" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="110C118C" w14:textId="58CB31E7" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="15258FAB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Supervisão</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="2D8C7D90" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="244FF48E" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="731022CE" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="31F02509" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D142568" w14:textId="37F597F7" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="64C993FF" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Aquisição de financiamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18EBE844" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="243F93A7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3A383E" w14:textId="7505DA64" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="3610245E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Validação</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="61CC09E7" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="6F099B7F" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B9CB64" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="2A65AD3A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBC7925" w14:textId="7937BF2B" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="19B3420B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Investigação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8054AB" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="0CF96DC6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="323CCE88" w14:textId="1C9A7C9E" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="57F50D3C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Visualização</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="32E4FD64" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="6670C58B" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA4BC3B" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="5E9F5C22" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D6110E" w14:textId="0528B2B8" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="229E6E14" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Metodologia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1459160A" w14:textId="7E58E447" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="32F1B40F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38AF29D7" w14:textId="0E21B807" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="7D955F2A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Escrita – manuscrito original</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00382D67" w:rsidRPr="00382D67" w14:paraId="3D84C500" w14:textId="77777777" w:rsidTr="008E32D4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="2E14A662" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15D9A877" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="0F5745EF" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A20AD7A" w14:textId="7ACBCC7D" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="22228C89" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Administração do projeto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32AC0FC4" w14:textId="77777777" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="22762BC7" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE5A201" w14:textId="204E5A19" w:rsidR="00382D67" w:rsidRPr="00382D67" w:rsidRDefault="00382D67" w:rsidP="008E32D4">
+          <w:p w14:paraId="2A7A3A20" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
               </w:rPr>
               <w:t>Redação–- revisão e edição</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58CFCB0B" w14:textId="5E18EC8C" w:rsidR="001D19F9" w:rsidRPr="008E32D4" w:rsidRDefault="008E32D4" w:rsidP="008E32D4">
+    <w:p w14:paraId="693FBF63" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="008E32D4">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://credit.niso.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="486E6D85" w14:textId="77777777" w:rsidR="008E32D4" w:rsidRDefault="008E32D4" w:rsidP="001D19F9">
+    <w:p w14:paraId="4D9E253C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4216"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="4103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="7820E7C5" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="002F27B9" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3117C658" w14:textId="534E53DC" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="47075AB2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="21"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Author 2...</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="21"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              </w:rPr>
               <w:commentReference w:id="21"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="421375AA" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="3A94E078" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21686D8D" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="2C139B81" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3F6CCD" w14:textId="3C292B64" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="07417FA8" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Conceptualization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="223DBF41" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="76CAFF15" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35DEDEBB" w14:textId="04FB6A49" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="64A8CB87" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="20EAD835" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="3BBC6768" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F95CA67" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="7C74410B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3082D4D8" w14:textId="12727000" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="12F040F4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Data curation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="262C2D06" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="25F89128" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07C80EC2" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="4BE56E11" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="0E761E78" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="09BFD9FE" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7537C7" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="45D7C378" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67E9B4EB" w14:textId="4B3F6D37" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="01729F66" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Formal Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCE7D4E" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="2559C680" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9DC53" w14:textId="46FA221C" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="0020EA0E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="73AE2845" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="0D0635B2" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="647B8B8D" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="201A9844" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A595A2" w14:textId="5B4DC02E" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="37502EA4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Funding acquisition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="556A59E4" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="1A1A1688" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C076B59" w14:textId="1250F600" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="75DF27C9" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Validation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="0132473B" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="7F9BC2C6" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4BD17B" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="4246A1E4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B0439C" w14:textId="50D27F73" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="2ABD7275" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Investigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="531E8F1D" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="40DCC90C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56652466" w14:textId="7BB60E56" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="7119A354" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Visualization</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="10A9F280" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="36578795" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E364AD" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="158C307A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E99E3D7" w14:textId="36703758" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="3E2C6640" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Methodology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60C68DC6" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="485B8C5A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C39CE3E" w14:textId="54692096" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="7B243022" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Writing – original draft</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354BE1" w:rsidRPr="00382D67" w14:paraId="34D997ED" w14:textId="77777777" w:rsidTr="00B22BF4">
+      <w:tr w:rsidR="00CE48F6" w:rsidRPr="000677B8" w14:paraId="3341F16C" w14:textId="77777777" w:rsidTr="006528FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62C8C109" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="56F92316" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA25A60" w14:textId="0A07F946" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="2EC3F988" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Project administration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5171E220" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="2F489785" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18FCC9E2" w14:textId="6014094F" w:rsidR="00354BE1" w:rsidRPr="00354BE1" w:rsidRDefault="00354BE1" w:rsidP="00B22BF4">
+          <w:p w14:paraId="0EE99D3D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="006528FE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354BE1">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="000677B8">
+              <w:rPr>
+                <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Writing – review &amp; editing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AA63B1D" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="008E32D4" w:rsidRDefault="00354BE1" w:rsidP="00354BE1">
+    <w:p w14:paraId="03D781EC" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="008E32D4">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="000677B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://credit.niso.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ACCE270" w14:textId="77777777" w:rsidR="00354BE1" w:rsidRPr="00382D67" w:rsidRDefault="00354BE1" w:rsidP="001D19F9">
+    <w:p w14:paraId="7D9FEB5C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="129AD379" w14:textId="4B1F286D" w:rsidR="00050254" w:rsidRPr="00382D67" w:rsidRDefault="00B03731" w:rsidP="00B03731">
+    <w:p w14:paraId="1EBE9B24" w14:textId="41D0C006" w:rsidR="00B96404" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="22"/>
-      <w:r w:rsidRPr="00382D67">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PREPRINT</w:t>
       </w:r>
       <w:commentRangeEnd w:id="22"/>
-      <w:r w:rsidRPr="00382D67">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="22"/>
       </w:r>
-      <w:r w:rsidR="00050254" w:rsidRPr="00382D67">
-[...21 lines deleted...]
-    <w:p w14:paraId="58781382" w14:textId="77777777" w:rsidR="00B82B03" w:rsidRDefault="00050254" w:rsidP="00050254">
+    </w:p>
+    <w:p w14:paraId="2A9AE9DA" w14:textId="77777777" w:rsidR="00E0737A" w:rsidRDefault="00E0737A" w:rsidP="00B96404">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="6686BFCB" w14:textId="4442F9DB" w:rsidR="00050254" w:rsidRPr="00382D67" w:rsidRDefault="00050254" w:rsidP="00050254">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015BFC02" w14:textId="5E422539" w:rsidR="00B96404" w:rsidRPr="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96404">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Caso o texto seja um preprint, informe obrigatoriamente</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DF93FF" w14:textId="7811BFBF" w:rsidR="00B96404" w:rsidRPr="00B96404" w:rsidRDefault="00914F16" w:rsidP="00B96404">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96404" w:rsidRPr="00B96404">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nome do repositório:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B20E55" w14:textId="0E7B2778" w:rsidR="00B96404" w:rsidRDefault="00914F16" w:rsidP="00B96404">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96404" w:rsidRPr="00B96404">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Link (URL) para o preprint:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0444D604" w14:textId="77777777" w:rsidR="00C46AA0" w:rsidRDefault="00C46AA0" w:rsidP="00B96404">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08244DA4" w14:textId="77777777" w:rsidR="00914F16" w:rsidRPr="00914F16" w:rsidRDefault="00914F16" w:rsidP="00914F16">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382D67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+      <w:r w:rsidRPr="00914F16">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The data </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        <w:t>If the text is a preprint, please provide the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C34A8A" w14:textId="77777777" w:rsidR="00914F16" w:rsidRPr="00914F16" w:rsidRDefault="00914F16" w:rsidP="00914F16">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>used</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00914F16">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        <w:t>- Name of the repository:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3822A072" w14:textId="748A438B" w:rsidR="00914F16" w:rsidRDefault="00914F16" w:rsidP="00914F16">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>this</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00914F16">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>- Link (URL) to the preprint:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D0532A" w14:textId="77777777" w:rsidR="00217425" w:rsidRPr="00217425" w:rsidRDefault="00217425" w:rsidP="00914F16">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B152433" w14:textId="622C72EF" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="23"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>DISPONIBILIDADE DE DADOS DE PESQUISA | RESEARCH DATA AVAILABILITY</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="23"/>
+      <w:r w:rsidR="00B96404" w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="23"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751ABB6D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D952B07" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Assinale uma opção:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA06AB4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- Os dados de pesquisa estão disponíveis em repositório.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2A8050" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- Os dados de pesquisa só estão disponíveis mediante solicitação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58895FE4" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- Os dados de pesquisa estão disponíveis no corpo do documento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29309E26" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- Os dados de pesquisa não estão disponíveis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492FD5FF" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- Uso de dados não informado; nenhum dado de pesquisa gerado ou utilizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B316856" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417C76C5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>study</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>Select one option:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE54100" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>is</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>- Research data is available in a repository.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFB8A3F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>available</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>- Research data is available upon request only.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF36649" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>at</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> [</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>- Research data is available in the body of the document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A7B85D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Repository</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+        <w:t>- Research data is not available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3458AA51" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Name</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00382D67">
+      </w:pPr>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">] </w:t>
-[...119 lines deleted...]
-    <w:p w14:paraId="277D6443" w14:textId="77777777" w:rsidR="002677E5" w:rsidRPr="00382D67" w:rsidRDefault="002677E5" w:rsidP="00050254">
+        <w:t>- Data use not reported; no research data generated or used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488AB9CB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ADBA996" w14:textId="77777777" w:rsidR="002677E5" w:rsidRPr="00382D67" w:rsidRDefault="002677E5" w:rsidP="002677E5">
+    <w:p w14:paraId="0D068ED2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="23"/>
-      <w:r w:rsidRPr="00382D67">
+      <w:commentRangeStart w:id="24"/>
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">ANEXO ou APÊNDICE / ANNEX </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>ANEXO ou APÊNDICE / ANNEX or APPENDIX</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="24"/>
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...34 lines deleted...]
-      <w:type w:val="continuous"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="24"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0084C754" w14:textId="77777777" w:rsidR="00391E0B" w:rsidRPr="000677B8" w:rsidRDefault="00391E0B" w:rsidP="00CE48F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00391E0B" w:rsidRPr="000677B8" w:rsidSect="00CE48F6">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1" w:chapSep="enDash"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Author" w:initials="A">
-    <w:p w14:paraId="009317C1" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00F07DBD" w:rsidP="00F862F6">
+    <w:p w14:paraId="392C2439" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Este arquivo DOCX é fornecido como modelo para auxiliar os autores na formatação e preparação do manuscrito. É imprescindível </w:t>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">remover </w:t>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">todos os comentários antes da submissão e assegurar o </w:t>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">anonimato </w:t>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>de todos os autores em todo o documento, garantindo que o material enviado esteja completo, limpo e pronto para avaliação.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2602EB28" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00F862F6" w:rsidP="00F862F6"/>
-    <w:p w14:paraId="4628DB6F" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00F862F6" w:rsidP="00F862F6">
+    <w:p w14:paraId="6D76680F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="728300FB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">This DOCX file is provided as a template to assist authors in formatting and preparing their manuscripts. It is essential to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">remove </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">all comments before submission and ensure the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">anonymity </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>of all authors throughout the document, ensuring that the material submitted is complete, clean, and ready for evaluation.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="1" w:author="Author" w:initials="A">
-    <w:p w14:paraId="36E9F924" w14:textId="0E2C9E76" w:rsidR="00F07DBD" w:rsidRDefault="00B47480" w:rsidP="00F07DBD">
+    <w:p w14:paraId="26C98F00" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F07DBD">
+      <w:r>
         <w:t>Fonte 8 | Oswald | 1.5 espaçamento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4907AB3A" w14:textId="77777777" w:rsidR="00F07DBD" w:rsidRDefault="00F07DBD" w:rsidP="00F07DBD"/>
-    <w:p w14:paraId="0133F151" w14:textId="77777777" w:rsidR="00F07DBD" w:rsidRDefault="00F07DBD" w:rsidP="00F07DBD">
+    <w:p w14:paraId="1D7FC98B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="4A63AB78" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 8 | Oswald | 1.5 spacing.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="2" w:author="Author" w:initials="A">
-    <w:p w14:paraId="1A35D6EC" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00512DA7" w:rsidP="00F862F6">
+    <w:p w14:paraId="6CB5E97E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F862F6">
+      <w:r>
         <w:t>Fonte 18 | Oswald | espaçamento 1,5 | Alinhamento à esquerda | Sem itálico – prefira ‘aspas simples’.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E82E9D0" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00F862F6" w:rsidP="00F862F6"/>
-    <w:p w14:paraId="58300678" w14:textId="77777777" w:rsidR="00F862F6" w:rsidRDefault="00F862F6" w:rsidP="00F862F6">
+    <w:p w14:paraId="19CB6AE1" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="2BD006FE" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 18 | Oswald | spacing 1.5 | Left alignment | No italics – use single quotation marks instead.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="3" w:author="Author" w:initials="A">
-    <w:p w14:paraId="1D2645A2" w14:textId="7072F374" w:rsidR="00512DA7" w:rsidRDefault="008B5B5C" w:rsidP="00512DA7">
+    <w:p w14:paraId="66A8FC2A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00512DA7">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:t>FONTES GOOGLE</w:t>
       </w:r>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:cr/>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00512DA7" w:rsidRPr="004344DF">
+        <w:r w:rsidRPr="004344DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://fonts.google.com/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:cr/>
       </w:r>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:cr/>
         <w:t xml:space="preserve">EB Garamond (text): </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidR="00512DA7" w:rsidRPr="004344DF">
+        <w:r w:rsidRPr="004344DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://fonts.google.com/specimen/EB+Garamond?query=eb+</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:cr/>
       </w:r>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:cr/>
         <w:t xml:space="preserve">Oswald (title): </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
-        <w:r w:rsidR="00512DA7" w:rsidRPr="004344DF">
+        <w:r w:rsidRPr="004344DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://fonts.google.com/specimen/Oswald?query=oswald</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00512DA7">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="4" w:author="Author" w:initials="A">
-    <w:p w14:paraId="14794C78" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00D07107" w:rsidP="00361F4B">
+    <w:p w14:paraId="7BDEB271" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 12 | EB Garamond (medium) | 1.5 espaçamento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C774F7E" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="6C390C77" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="29709B6D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="60078088" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 12 | EB Garamond (medium) | 1.5 spacing</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="5" w:author="Author" w:initials="A">
-    <w:p w14:paraId="4247CB32" w14:textId="78932F8D" w:rsidR="00361F4B" w:rsidRDefault="00D07107" w:rsidP="00361F4B">
+    <w:p w14:paraId="1ADADCBE" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 10 | EB Garamond | 1.5 espaçamento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574B1E6B" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="6D48ED37" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="595317C0" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="63C2F977" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 10 | EB Garamond | 1.5 spacing</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="7" w:author="Author" w:initials="A">
-    <w:p w14:paraId="7813BA85" w14:textId="23BF4CD6" w:rsidR="00361F4B" w:rsidRDefault="006A4EB6" w:rsidP="00361F4B">
+    <w:p w14:paraId="49E92678" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 10 | EB Garamond | 1.15 espaçamento | Máximo de 150 palavras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E778F4" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="6365C021" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="10759413" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="09BE6583" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 10 | EB Garamond | 1.15 spacing | Maximum of 150 words</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="8" w:author="Author" w:initials="A">
-    <w:p w14:paraId="4A263CD5" w14:textId="0EF39F16" w:rsidR="00361F4B" w:rsidRDefault="00D07107" w:rsidP="00361F4B">
+    <w:p w14:paraId="68490670" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 12 | EB Garamond | 1.15 espaçamento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F88947" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="02E73D96" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="5488EB33" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="23B3EEAD" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 12 | EB Garamond | 1.15 spacing</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="9" w:author="Author" w:initials="A">
-    <w:p w14:paraId="40E9A4EF" w14:textId="12D5116F" w:rsidR="00361F4B" w:rsidRDefault="00411925" w:rsidP="00361F4B">
+    <w:p w14:paraId="48D832F2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Apenas para trabalhos em português ou espanhol. Informe até 5 itens, separados por vírgula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E694960" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="69FE4971" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="29274E6C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="63F85D46" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Only for works in Portuguese or Spanish. Enter up to 5 items, separated by commas.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="10" w:author="Author" w:initials="A">
-    <w:p w14:paraId="50D6F294" w14:textId="55E568B7" w:rsidR="00361F4B" w:rsidRDefault="00411925" w:rsidP="00361F4B">
+    <w:p w14:paraId="4A1F30AD" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Em inglês, para todos os autores. Máximo de 5 itens, separados por vírgulas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6124EA7C" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="03FC3BD8" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="299B4C6B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="45CF6A1B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>In English, for all authors. Maximum of 5 items, separated by commas.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="11" w:author="Author" w:initials="A">
-    <w:p w14:paraId="42B977A6" w14:textId="3FB962F6" w:rsidR="00361F4B" w:rsidRDefault="00975EA4" w:rsidP="00361F4B">
+    <w:p w14:paraId="4126615B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Caso o seu editor de texto não permita o uso de capitular (drop cap), mantenha a formatação padrão do corpo de texto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602FF478" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="14A3A3C7" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="7871A7D6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="3B40BD65" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>If your text editor does not allow the use of drop caps, keep the standard formatting of the body text.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="12" w:author="Author" w:initials="A">
-    <w:p w14:paraId="7E86D092" w14:textId="02999EEA" w:rsidR="00361F4B" w:rsidRDefault="006A4EB6" w:rsidP="00361F4B">
+    <w:p w14:paraId="3DAEA0E3" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 12 | EB Garamond | 1.5 espaçamento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FC5EAA" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="3E848E2C" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="6F5EEC18" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="27944770" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 12 | EB Garamond | 1.5 spacing</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="13" w:author="Author" w:initials="A">
-    <w:p w14:paraId="4F891E82" w14:textId="0EB2878B" w:rsidR="00361F4B" w:rsidRDefault="00D07107" w:rsidP="00361F4B">
+    <w:p w14:paraId="7E854AC2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 10 | EB Garamond | espaçamento 1,0. Em “Fonte/Source”, escolha um idioma e apague o outro. Obrigatório para fontes de terceiros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A64312C" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="2D0B1B34" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="5A91E1B9" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="298D49C1" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 10 | EB Garamond | spacing 1.0. Under "Font/Source," select one language and delete the other. Required for third-party fonts.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="14" w:author="Author" w:initials="A">
-    <w:p w14:paraId="65228176" w14:textId="5882E0A7" w:rsidR="00361F4B" w:rsidRDefault="006A4EB6" w:rsidP="00361F4B">
+    <w:p w14:paraId="2C5338E5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 10 | EB Garamond | 1.0 espaçamento | Recuo: 4cm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CD8433" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="0B3DC447" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="0FBA837C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="0152DACE" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 10 | EB Garamond | 1.0 spacing | Indent: 4cm</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="15" w:author="Author" w:initials="A">
-    <w:p w14:paraId="502FF63D" w14:textId="472D6290" w:rsidR="00361F4B" w:rsidRDefault="00D07107" w:rsidP="00361F4B">
+    <w:p w14:paraId="62A0D17F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Fonte 10 | EB Garamond | 1.0 espaçamento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0664D7" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="08C1D157" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="4E91EBF9" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="4F1697E8" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Font 10 | EB Garamond | 1.0 spacing</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="16" w:author="Author" w:initials="A">
-    <w:p w14:paraId="503EC5F2" w14:textId="783397F8" w:rsidR="00361F4B" w:rsidRDefault="00EE544A" w:rsidP="00361F4B">
+    <w:p w14:paraId="30CE8110" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ABNT </w:t>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>NBR 6023:2018/2020 Referências</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133CA384" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="1859C730" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="7D3A1E39" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="39A661A0" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:t>- Fonte 12 EB Garamond</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473B33CF" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="3EFC06C6" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:t>- Espaçamento entre linhas: simples.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453F6EF4" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="659CB6FD" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:t>- Alinhamento à esquerda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D906FEB" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="4824F8AD" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:t>- Espaço de uma linha em branco entre cada referência.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192245B8" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="52D951ED" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="4D64ECD9" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="33DF1F2B" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">ABNT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>NBR 6023:2018/2020 References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7628BFC5" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="1451DE22" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="11BB8266" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="61864B5C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>- Font: 12 EB Garamond</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C371AE" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="7805ED1F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>- Line spacing: single.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BECE3F3" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="1666C343" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>- Left alignment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114A8DD1" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="7F5DA4B2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>- One blank line between each reference.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="17" w:author="Author" w:initials="A">
-    <w:p w14:paraId="542737B6" w14:textId="750F7455" w:rsidR="00361F4B" w:rsidRDefault="00A10396" w:rsidP="00361F4B">
+    <w:p w14:paraId="46844C2E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00361F4B">
+      <w:r>
         <w:t>Durante a submissão, este campo não deve ser preenchido, a fim de preservar o anonimato. As biografias de cada autor(a) devem ser incluídas nos metadados da submissão, com limite máximo de 100 palavras por autor(a).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9118C8" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B"/>
-    <w:p w14:paraId="4B703BFC" w14:textId="77777777" w:rsidR="00361F4B" w:rsidRDefault="00361F4B" w:rsidP="00361F4B">
+    <w:p w14:paraId="5C6B62F1" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="1EBF966A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>During submission, this field should not be filled in, in order to preserve anonymity. The biographies of each author should be included in the submission metadata, with a maximum limit of 100 words per author.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="18" w:author="Author" w:initials="A">
-    <w:p w14:paraId="12D6A3E6" w14:textId="077A997D" w:rsidR="009678BB" w:rsidRDefault="009678BB">
+    <w:p w14:paraId="36FA1256" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Fonte 10 | EB Garamond | 1.5 espaçamento</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="19" w:author="Author" w:initials="A">
-    <w:p w14:paraId="1149A237" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00050254" w:rsidP="00A10396">
+    <w:p w14:paraId="329E3F11" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00A10396">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Caso haja apenas um(a) autor(a), este campo deve ser ignorado. Para trabalhos com múltiplos autores(as), indique as contribuições de cada um(a) conforme a ordem de submissão, sem incluir os nomes, a fim de manter o anonimato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E0C0AA" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396"/>
-    <w:p w14:paraId="0F0C7C32" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396">
+    <w:p w14:paraId="7BE63023" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="48D19B10" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>If there is only one author, this field should be ignored. For works with multiple authors, indicate the contributions of each author in the order of submission, without including their names, in order to maintain anonymity.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="20" w:author="Author" w:initials="A">
-    <w:p w14:paraId="59052075" w14:textId="5A391C7B" w:rsidR="00A10396" w:rsidRDefault="00354BE1" w:rsidP="00A10396">
+    <w:p w14:paraId="2C368177" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00A10396">
+      <w:r>
         <w:t>Utilize esta versão para textos em português. Exclua a versão em outro idioma e repita a tabela conforme o número de autores(as).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BB0E42" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396"/>
-    <w:p w14:paraId="7814EE0C" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396">
+    <w:p w14:paraId="4211851A" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="352C0C3D" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Use this version for texts in Portuguese. Remove the version in the other language and repeat the table according to the number of authors.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="21" w:author="Author" w:initials="A">
-    <w:p w14:paraId="4C283D1F" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00354BE1" w:rsidP="00A10396">
+    <w:p w14:paraId="75DE592C" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00A10396">
+      <w:r>
         <w:t>Utilize esta versão para textos em inglês. Exclua a versão em outro idioma e repita a tabela conforme o número de autores(as).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBDB151" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396"/>
-    <w:p w14:paraId="7EF40E09" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396">
+    <w:p w14:paraId="6E0FE518" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="72D4AA26" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Use this version for texts in English. Remove the version in the other language and repeat the table according to the number of authors.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="22" w:author="Author" w:initials="A">
-    <w:p w14:paraId="3886C7CB" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00B03731" w:rsidP="00A10396">
+    <w:p w14:paraId="4EC7B4B3" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00CE48F6" w:rsidP="00B96404">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00A10396">
-[...4 lines deleted...]
-    <w:p w14:paraId="5D86950A" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396">
+      <w:r w:rsidR="00B96404">
+        <w:t>Obrigatório apenas para submissões PrePrint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6C1A15" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404"/>
+    <w:p w14:paraId="477E00FF" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>For PrePrint works only.</w:t>
+        <w:t>Mandatory only for PrePrint submissions.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="23" w:author="Author" w:initials="A">
-    <w:p w14:paraId="72F1D867" w14:textId="167DB016" w:rsidR="00A10396" w:rsidRDefault="002677E5" w:rsidP="00A10396">
+    <w:p w14:paraId="4A551459" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00A10396">
+      <w:r>
+        <w:t>Obrigatório para toda submissão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFA8734" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404"/>
+    <w:p w14:paraId="5E822932" w14:textId="77777777" w:rsidR="00B96404" w:rsidRDefault="00B96404" w:rsidP="00B96404">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Required for all submissions.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="24" w:author="Author" w:initials="A">
+    <w:p w14:paraId="47F92202" w14:textId="289891BB" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Opcional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4307E539" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396"/>
-    <w:p w14:paraId="08E41CC6" w14:textId="77777777" w:rsidR="00A10396" w:rsidRDefault="00A10396" w:rsidP="00A10396">
+    <w:p w14:paraId="3B9A8BBB" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6"/>
+    <w:p w14:paraId="32EF5914" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Optional.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w15:commentEx w15:paraId="4628DB6F" w15:done="0"/>
-[...21 lines deleted...]
-  <w15:commentEx w15:paraId="08E41CC6" w15:done="0"/>
+  <w15:commentEx w15:paraId="728300FB" w15:done="0"/>
+  <w15:commentEx w15:paraId="4A63AB78" w15:done="0"/>
+  <w15:commentEx w15:paraId="2BD006FE" w15:done="0"/>
+  <w15:commentEx w15:paraId="66A8FC2A" w15:done="0"/>
+  <w15:commentEx w15:paraId="60078088" w15:done="0"/>
+  <w15:commentEx w15:paraId="63C2F977" w15:done="0"/>
+  <w15:commentEx w15:paraId="09BE6583" w15:done="0"/>
+  <w15:commentEx w15:paraId="23B3EEAD" w15:done="0"/>
+  <w15:commentEx w15:paraId="63F85D46" w15:done="0"/>
+  <w15:commentEx w15:paraId="45CF6A1B" w15:done="0"/>
+  <w15:commentEx w15:paraId="3B40BD65" w15:done="0"/>
+  <w15:commentEx w15:paraId="27944770" w15:done="0"/>
+  <w15:commentEx w15:paraId="298D49C1" w15:done="0"/>
+  <w15:commentEx w15:paraId="0152DACE" w15:done="0"/>
+  <w15:commentEx w15:paraId="4F1697E8" w15:done="0"/>
+  <w15:commentEx w15:paraId="7F5DA4B2" w15:done="0"/>
+  <w15:commentEx w15:paraId="1EBF966A" w15:done="0"/>
+  <w15:commentEx w15:paraId="36FA1256" w15:done="0"/>
+  <w15:commentEx w15:paraId="48D19B10" w15:done="0"/>
+  <w15:commentEx w15:paraId="352C0C3D" w15:done="0"/>
+  <w15:commentEx w15:paraId="72D4AA26" w15:done="0"/>
+  <w15:commentEx w15:paraId="477E00FF" w15:done="0"/>
+  <w15:commentEx w15:paraId="5E822932" w15:done="0"/>
+  <w15:commentEx w15:paraId="32EF5914" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w16cid:commentId w16cid:paraId="4628DB6F" w16cid:durableId="5ED8900B"/>
-[...21 lines deleted...]
-  <w16cid:commentId w16cid:paraId="08E41CC6" w16cid:durableId="775DEEDE"/>
+  <w16cid:commentId w16cid:paraId="728300FB" w16cid:durableId="5ED8900B"/>
+  <w16cid:commentId w16cid:paraId="4A63AB78" w16cid:durableId="7987C37D"/>
+  <w16cid:commentId w16cid:paraId="2BD006FE" w16cid:durableId="0A8CB25E"/>
+  <w16cid:commentId w16cid:paraId="66A8FC2A" w16cid:durableId="3BF7678A"/>
+  <w16cid:commentId w16cid:paraId="60078088" w16cid:durableId="18521A54"/>
+  <w16cid:commentId w16cid:paraId="63C2F977" w16cid:durableId="359607F3"/>
+  <w16cid:commentId w16cid:paraId="09BE6583" w16cid:durableId="218698D7"/>
+  <w16cid:commentId w16cid:paraId="23B3EEAD" w16cid:durableId="69126412"/>
+  <w16cid:commentId w16cid:paraId="63F85D46" w16cid:durableId="66D8A877"/>
+  <w16cid:commentId w16cid:paraId="45CF6A1B" w16cid:durableId="7F4643F1"/>
+  <w16cid:commentId w16cid:paraId="3B40BD65" w16cid:durableId="3A14BEF7"/>
+  <w16cid:commentId w16cid:paraId="27944770" w16cid:durableId="218698EF"/>
+  <w16cid:commentId w16cid:paraId="298D49C1" w16cid:durableId="5A7352FE"/>
+  <w16cid:commentId w16cid:paraId="0152DACE" w16cid:durableId="21869917"/>
+  <w16cid:commentId w16cid:paraId="4F1697E8" w16cid:durableId="732193D2"/>
+  <w16cid:commentId w16cid:paraId="7F5DA4B2" w16cid:durableId="646A0488"/>
+  <w16cid:commentId w16cid:paraId="1EBF966A" w16cid:durableId="61E59032"/>
+  <w16cid:commentId w16cid:paraId="36FA1256" w16cid:durableId="21869953"/>
+  <w16cid:commentId w16cid:paraId="48D19B10" w16cid:durableId="31F652C8"/>
+  <w16cid:commentId w16cid:paraId="352C0C3D" w16cid:durableId="153A8B05"/>
+  <w16cid:commentId w16cid:paraId="72D4AA26" w16cid:durableId="2ACFD333"/>
+  <w16cid:commentId w16cid:paraId="477E00FF" w16cid:durableId="616BB66F"/>
+  <w16cid:commentId w16cid:paraId="5E822932" w16cid:durableId="5DDCA5FC"/>
+  <w16cid:commentId w16cid:paraId="32EF5914" w16cid:durableId="775DEEDE"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DEA9A7C" w14:textId="77777777" w:rsidR="008332DE" w:rsidRDefault="008332DE">
+    <w:p w14:paraId="2100D07D" w14:textId="77777777" w:rsidR="00BC2F8D" w:rsidRDefault="00BC2F8D" w:rsidP="00CE48F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08036882" w14:textId="77777777" w:rsidR="008332DE" w:rsidRDefault="008332DE">
+    <w:p w14:paraId="565FD6C3" w14:textId="77777777" w:rsidR="00BC2F8D" w:rsidRDefault="00BC2F8D" w:rsidP="00CE48F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="decorative"/>
+  <w:font w:name="EB Garamond">
+    <w:panose1 w:val="00000500000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{E3C69879-C2E2-714B-A005-BA811D854F40}"/>
+    <w:sig w:usb0="E00002FF" w:usb1="02000413" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{81E96A89-48A0-724A-8D44-0B4CB66D0E35}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{0DEBC453-BCAF-A448-984E-AA211F0038B8}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{32D3AC7D-8F44-7F4B-9058-5FBF9C0460DA}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{67C6031D-2550-9A4C-A1D3-F3838CD7B0E0}"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{91D8CEFE-84DF-FE4E-A79A-9E7ACEA02CCB}"/>
+    <w:embedBold r:id="rId6" w:fontKey="{F3DAE813-7620-224A-B673-5347CAF66B58}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{1A89322E-EE2D-B645-94AF-54034C32046C}"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{8E0D4476-2DDF-DE41-90C1-DCA9E5542B1C}"/>
+    <w:embedBold r:id="rId9" w:fontKey="{CC30CA0B-6BD8-CE4F-9932-37AAD4B16373}"/>
+    <w:embedItalic r:id="rId10" w:fontKey="{934B5B58-E09C-4141-B729-5B5789AD7C3D}"/>
+    <w:embedBoldItalic r:id="rId11" w:fontKey="{70552004-CC56-DD40-8748-FA061B870A55}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{4B3BB328-C1A0-EE46-AADD-875C9A5DBA6B}"/>
-[...18 lines deleted...]
-    <w:embedRegular r:id="rId7" w:fontKey="{0E2D087F-82D3-2B49-A93E-48A8781B5423}"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{EB1A6371-6424-1349-930C-EEF914E23046}"/>
+    <w:embedBold r:id="rId13" w:fontKey="{B81A5782-4525-ED4F-B98B-94113F3D006B}"/>
+    <w:embedItalic r:id="rId14" w:fontKey="{CE87CD86-D31F-B443-B09B-58EAB5DBD87E}"/>
+    <w:embedBoldItalic r:id="rId15" w:fontKey="{D1FDBFB8-6A39-8E44-822C-9131082001B8}"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-    <w:panose1 w:val="02040503050203030202"/>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...17 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId16" w:fontKey="{3EFF798E-5D22-4C43-BA42-492D697B413A}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId13" w:fontKey="{F7143233-EF1D-964E-8D00-1AEC0051ED11}"/>
-[...27 lines deleted...]
-    <w:embedBoldItalic r:id="rId20" w:fontKey="{02D2254B-7AC8-1147-9FCD-5DAD6979C8E0}"/>
+    <w:embedRegular r:id="rId17" w:fontKey="{F3276B67-3A62-D943-99FF-D2A30ADF01CC}"/>
+    <w:embedBold r:id="rId18" w:fontKey="{508E76D4-A933-A941-93CD-A5648FD5083B}"/>
+    <w:embedItalic r:id="rId19" w:fontKey="{7DB401A3-3B84-054C-B147-27DE072B89CA}"/>
+    <w:embedBoldItalic r:id="rId20" w:fontKey="{4694E5EE-5032-454D-B8D4-3FB21EE0FE68}"/>
   </w:font>
   <w:font w:name="Oswald">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId21" w:fontKey="{5B3C7BC9-FF9F-0A46-B6AD-D7DD85C252FA}"/>
-[...8 lines deleted...]
-    <w:embedRegular r:id="rId23" w:fontKey="{23D61B01-CB13-CE4D-ABA4-6AB94264B06F}"/>
+    <w:embedRegular r:id="rId21" w:fontKey="{7BD64FCE-BEB0-124A-92BA-F2118C5EB053}"/>
   </w:font>
   <w:font w:name="Gill Sans">
     <w:panose1 w:val="020B0502020104020203"/>
-    <w:charset w:val="B1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId26" w:fontKey="{D458AED5-B1D5-AF47-A784-D66229519F97}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId28" w:fontKey="{8CB4F33C-0403-1840-8343-B092570C38D0}"/>
+    <w:embedRegular r:id="rId23" w:fontKey="{644B8D83-EC0C-1341-933A-BB983F3A2BB9}"/>
+    <w:embedBold r:id="rId24" w:fontKey="{94016F21-8EDF-2E49-B285-D72B637D3B5E}"/>
   </w:font>
   <w:font w:name="Gill Sans Light">
     <w:altName w:val="GILL SANS LIGHT"/>
     <w:panose1 w:val="020B0302020104020203"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
-    <w:embedBold r:id="rId30" w:fontKey="{B95017CC-B810-EC4B-8227-555E9611AF4B}"/>
-[...23 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:embedBold r:id="rId26" w:fontKey="{DE9FAF8D-7A87-BC43-875F-19CB60E41232}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7FAF318A" w14:textId="12362AB4" w:rsidR="00660D5A" w:rsidRDefault="00232B2A" w:rsidP="00E82416">
+  <w:p w14:paraId="00C83D6D" w14:textId="416F1EBA" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="00E82416">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00660D5A">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00660D5A">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidR="00660D5A">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5DF79F82" w14:textId="77777777" w:rsidR="00660D5A" w:rsidRDefault="00660D5A">
+  <w:p w14:paraId="1CE91DD8" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04F5671F" w14:textId="77777777" w:rsidR="001D19F9" w:rsidRPr="00A05DC1" w:rsidRDefault="001D19F9" w:rsidP="00DA5BC8">
+  <w:p w14:paraId="1FCE41D1" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00DA5BC8">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6DA9820E" w14:textId="77777777" w:rsidR="001D19F9" w:rsidRPr="00A05DC1" w:rsidRDefault="001D19F9" w:rsidP="00DA5BC8">
+  <w:p w14:paraId="46BFB369" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00DA5BC8">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1AA160FB" w14:textId="6E55FB74" w:rsidR="001D19F9" w:rsidRPr="00A05DC1" w:rsidRDefault="001D19F9" w:rsidP="00050254">
+  <w:p w14:paraId="43529DBC" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00050254">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Rev</w:t>
+      <w:t>Rev Vórtex,</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
-[...1 lines deleted...]
-        <w:bCs/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Vórtex,</w:t>
+      <w:t xml:space="preserve"> Curitiba, v.#, p. #-#, e0000, 2026.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
-[...23 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN 2317–9937.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C1239E0" w14:textId="382F5FCC" w:rsidR="001D19F9" w:rsidRPr="00A05DC1" w:rsidRDefault="001D19F9" w:rsidP="00050254">
+  <w:p w14:paraId="5379FFED" w14:textId="687DE4C2" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00050254">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00A05DC1">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>https://</w:t>
-[...65 lines deleted...]
-        <w:t>/4.0/</w:t>
+        <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
-[...63 lines deleted...]
-    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="000677B8">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans Light"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.33871/vortex.2026.14.0000</w:t>
+      </w:r>
+    </w:hyperlink>
   </w:p>
-  <w:p w14:paraId="761AB1AD" w14:textId="77777777" w:rsidR="001D19F9" w:rsidRPr="00A05DC1" w:rsidRDefault="001D19F9" w:rsidP="00050254">
+  <w:p w14:paraId="0A5BFDA5" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00050254">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1A46A233" w14:textId="27DD7693" w:rsidR="00660D5A" w:rsidRPr="00A05DC1" w:rsidRDefault="00660D5A" w:rsidP="00F826E3">
+  <w:p w14:paraId="061E4E8E" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00F826E3">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6481E608" w14:textId="7B1C3C52" w:rsidR="00396882" w:rsidRPr="004C1351" w:rsidRDefault="009B097B" w:rsidP="005B7761">
+  <w:p w14:paraId="462A5C42" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="005B7761">
+    <w:pPr>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="622224F2" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRDefault="00CE48F6" w:rsidP="005B7761">
+    <w:pPr>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="52F03101" w14:textId="25081089" w:rsidR="00CE48F6" w:rsidRPr="004C1351" w:rsidRDefault="000677B8" w:rsidP="005B7761">
     <w:pPr>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00975EA4">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
-      <w:t>Paper’s</w:t>
+      <w:t>Paper's title translated</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00975EA4">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="00975EA4">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> to English; please adapt to a maximum of 90 characters with space</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...263 lines deleted...]
-    <w:r w:rsidRPr="00B82B03">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="00B82B03">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Recebido em 00/00/202</w:t>
     </w:r>
-    <w:r w:rsidR="00396882" w:rsidRPr="004C1351">
-[...47 lines deleted...]
-    <w:r w:rsidR="00975EA4">
+    <w:r w:rsidR="00CE48F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="008823A9" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
+      <w:t>. Aprovado em 00/00/202</w:t>
     </w:r>
-    <w:r w:rsidR="00396882" w:rsidRPr="004C1351">
-[...63 lines deleted...]
-    <w:r w:rsidR="00975EA4">
+    <w:r w:rsidR="00CE48F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="008823A9" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
+      <w:t>. Disponível online: 00/00/202</w:t>
     </w:r>
-    <w:r w:rsidR="00396882" w:rsidRPr="004C1351">
-[...47 lines deleted...]
-    <w:r w:rsidR="00975EA4">
+    <w:r w:rsidR="00CE48F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="008823A9" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
+      <w:t xml:space="preserve">. Editor: </w:t>
     </w:r>
-    <w:r w:rsidR="00396882" w:rsidRPr="004C1351">
-[...7 lines deleted...]
-    <w:r w:rsidR="00B82B03">
+    <w:r w:rsidR="00CE48F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">____________________________________________. </w:t>
     </w:r>
-    <w:r w:rsidR="004C1351" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Creative Commons CC-BY: </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="004C1351" w:rsidRPr="004C1351">
+      <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>https://</w:t>
-[...65 lines deleted...]
-        <w:t>/4.0/</w:t>
+        <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="00955C8F" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00955C8F" w:rsidRPr="004C1351">
+    <w:r w:rsidR="00CE48F6" w:rsidRPr="004C1351">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:u w:val="none"/>
       </w:rPr>
-      <w:t xml:space="preserve">[Fonte 8 | </w:t>
-[...25 lines deleted...]
-      <w:t xml:space="preserve"> | Espaçamento 1.0]</w:t>
+      <w:t>[Fonte 8 | Cambria | Espaçamento 1.0]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="76CF9049" w14:textId="77777777" w:rsidR="008823A9" w:rsidRPr="004C1351" w:rsidRDefault="008823A9" w:rsidP="005B7761">
+  <w:p w14:paraId="6394CC14" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="004C1351" w:rsidRDefault="00CE48F6" w:rsidP="005B7761">
     <w:pPr>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Gill Sans Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="234E0A39" w14:textId="77777777" w:rsidR="008332DE" w:rsidRDefault="008332DE">
+    <w:p w14:paraId="6A6082A3" w14:textId="77777777" w:rsidR="00BC2F8D" w:rsidRDefault="00BC2F8D" w:rsidP="00CE48F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A2D7D1E" w14:textId="77777777" w:rsidR="008332DE" w:rsidRDefault="008332DE">
-[...1 lines deleted...]
-        <w:t>... pag.</w:t>
+    <w:p w14:paraId="44C11DCD" w14:textId="77777777" w:rsidR="00BC2F8D" w:rsidRDefault="00BC2F8D" w:rsidP="00CE48F6">
+      <w:r>
+        <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...7 lines deleted...]
-    <w:p w14:paraId="291BEEC2" w14:textId="3258D960" w:rsidR="00A569B9" w:rsidRPr="00955C8F" w:rsidRDefault="00A569B9" w:rsidP="00955C8F">
+  <w:footnote w:id="1">
+    <w:p w14:paraId="23392D6F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="00955C8F" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955C8F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00955C8F">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00955C8F">
         <w:rPr>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Use notas de rodapé ao invés de final. Use footnotes instead of endnotes. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00955C8F">
-        <w:rPr>
-[...82 lines deleted...]
-      <w:r w:rsidR="00955C8F" w:rsidRPr="00955C8F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Gill Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">[Fonte 10 | </w:t>
       </w:r>
-      <w:r w:rsidR="00955C8F">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Gill Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">EB </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00955C8F">
+        <w:t>EB Garamond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955C8F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond" w:cs="Gill Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Garamond</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> | Espaçamento 1.0]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2363BE04" w14:textId="77777777" w:rsidR="00950BFD" w:rsidRDefault="00950BFD">
-[...9 lines deleted...]
-  <w:p w14:paraId="097AC66B" w14:textId="77777777" w:rsidR="00641202" w:rsidRDefault="008E0D56" w:rsidP="00232B2A">
+  <w:p w14:paraId="11EAB2B0" w14:textId="2BB87E6A" w:rsidR="000677B8" w:rsidRPr="000677B8" w:rsidRDefault="000677B8" w:rsidP="000677B8">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>SOBRENOME, Nome. Título</w:t>
+      <w:t xml:space="preserve">SOBRENOME, Nome. Título do artigo </w:t>
     </w:r>
-    <w:r w:rsidR="00D41863" w:rsidRPr="00A05DC1">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...15 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
-      <w:t xml:space="preserve">Não preencher / Do </w:t>
-[...39 lines deleted...]
-      <w:t xml:space="preserve"> in]</w:t>
+      <w:t>[Não preencher / Do not fill in]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0B0E0717" w14:textId="77777777" w:rsidR="00641202" w:rsidRDefault="00641202" w:rsidP="00232B2A">
+  <w:p w14:paraId="40008849" w14:textId="77777777" w:rsidR="000677B8" w:rsidRPr="000677B8" w:rsidRDefault="000677B8" w:rsidP="000677B8">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="16519353" w14:textId="77777777" w:rsidR="000677B8" w:rsidRPr="000677B8" w:rsidRDefault="000677B8" w:rsidP="000677B8">
+    <w:pPr>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0CB97AE8" w14:textId="6033A9D5" w:rsidR="00C41589" w:rsidRPr="006E5955" w:rsidRDefault="00C41589" w:rsidP="005B7761">
+  <w:p w14:paraId="04B118E4" w14:textId="58F8EA4C" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00BB7750">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="390744E5" w14:textId="77777777" w:rsidR="008B283F" w:rsidRPr="00233576" w:rsidRDefault="008B283F" w:rsidP="005B7761">
+  <w:p w14:paraId="45174ED3" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00BB7750">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="27E424A8" w14:textId="77777777" w:rsidR="006467F8" w:rsidRDefault="00923BE6" w:rsidP="005B7761">
+  <w:p w14:paraId="3191D2A3" w14:textId="5C9ABEE1" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
     <w:pPr>
-      <w:jc w:val="both"/>
       <w:rPr>
-        <w:rStyle w:val="Hyperlink"/>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Revista Vórtex | Vortex Music Journal</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="009B097B" w:rsidRPr="003C5773">
+    </w:pPr>
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | ISSN 2317–9937 | </w:t>
+      <w:t xml:space="preserve">Revista Vórtex | Vortex Music Journal | ISSN 2317–9937 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="009B097B" w:rsidRPr="003C5773">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>http://</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="009B097B" w:rsidRPr="003C5773">
+        <w:t>http://vortex.unespar.edu.br/</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="3A4FC591" w14:textId="07FEBA6D" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="000677B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>vortex.unespar.edu.br</w:t>
-[...10 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>https://doi.org/10.33871/vortex.2026.14.0000</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="00955C8F" w:rsidRPr="003C5773">
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-        <w:color w:val="auto"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-  </w:p>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
+    <w:r w:rsidRPr="000677B8">
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Gill Sans"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="single"/>
+        <w:highlight w:val="yellow"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00F862F6">
+      <w:t>[Fonte 8 | Cambria | Espaçamento 1.0 | Não preencher o DOI / Do not fill in the DOI]</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4213436F" w14:textId="77777777" w:rsidR="00CE48F6" w:rsidRPr="000677B8" w:rsidRDefault="00CE48F6" w:rsidP="00CE48F6">
+    <w:pPr>
       <w:rPr>
-        <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-        <w:color w:val="auto"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>https://</w:t>
-[...251 lines deleted...]
-    </w:r>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...359 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="111"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:embedTrueTypeFonts/>
-  <w:embedSystemFonts/>
-[...11 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:strictFirstAndLastChars/>
-[...2 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B93632"/>
-[...618 lines deleted...]
-    <w:rsid w:val="00FF7C61"/>
+    <w:rsidRoot w:val="00CE48F6"/>
+    <w:rsid w:val="00024BCE"/>
+    <w:rsid w:val="0004599B"/>
+    <w:rsid w:val="000677B8"/>
+    <w:rsid w:val="00186736"/>
+    <w:rsid w:val="00217425"/>
+    <w:rsid w:val="002749F9"/>
+    <w:rsid w:val="00391E0B"/>
+    <w:rsid w:val="003E55B3"/>
+    <w:rsid w:val="00490DB4"/>
+    <w:rsid w:val="00632132"/>
+    <w:rsid w:val="00646ABD"/>
+    <w:rsid w:val="00676370"/>
+    <w:rsid w:val="006C48D2"/>
+    <w:rsid w:val="007B7915"/>
+    <w:rsid w:val="00830BCE"/>
+    <w:rsid w:val="00914F16"/>
+    <w:rsid w:val="00A57039"/>
+    <w:rsid w:val="00A85E01"/>
+    <w:rsid w:val="00B44CA4"/>
+    <w:rsid w:val="00B96404"/>
+    <w:rsid w:val="00BC2F8D"/>
+    <w:rsid w:val="00C46AA0"/>
+    <w:rsid w:val="00C55E07"/>
+    <w:rsid w:val="00C80929"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rsid w:val="00D65347"/>
+    <w:rsid w:val="00E0737A"/>
+    <w:rsid w:val="00EB4DDA"/>
+    <w:rsid w:val="00EC057D"/>
+    <w:rsid w:val="00F0743B"/>
+    <w:rsid w:val="00F929B0"/>
+    <w:rsid w:val="00F96852"/>
+    <w:rsid w:val="00FE7D63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2BD7B7AB"/>
+  <w14:docId w14:val="0F381EF7"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="EB Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="EB Garamond" w:cs="Mangal"/>
+        <w:kern w:val="24"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22999,161 +6477,170 @@
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="67"/>
-[...100 lines deleted...]
-    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -23214,1081 +6701,1227 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00914F16"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
       <w:kern w:val="1"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Ttulo1"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
     <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Marcas">
-    <w:name w:val="Marcas"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
-      <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Smbolosdenumerao">
-    <w:name w:val="Símbolos de numeração"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Caracteresdenotaderodap">
-    <w:name w:val="Caracteres de nota de rodapé"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="EB Garamond"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="EB Garamond"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="EB Garamond"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="24"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Caracteresdenotadefim">
-[...23 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Fontepargpadro1">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo1">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...12 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
-  </w:style>
-[...81 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4535"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4535"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Semttulo1">
-[...16 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...40 lines deleted...]
-      <w:szCs w:val="21"/>
       <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
-  </w:style>
-[...16 lines deleted...]
-    <w:rsid w:val="009F4DFE"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0086633D"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0086633D"/>
+    <w:rsid w:val="00CE48F6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0086633D"/>
+    <w:rsid w:val="00CE48F6"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
       <w:kern w:val="1"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
-    </w:rPr>
-[...171 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00ED6AE9"/>
+    <w:rsid w:val="00CE48F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...3 lines deleted...]
-    <w:rsid w:val="002677AB"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000677B8"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B96404"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B96404"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:kern w:val="1"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="21"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
       <w:lang w:val="pt-BR" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...27 lines deleted...]
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fonts.google.com/specimen/Oswald?query=oswald" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fonts.google.com/specimen/EB+Garamond?query=eb+" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fonts.google.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/KuEVmKAyDss?si=SjP62Y8Z0kgxCey5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxx_xxxxxxxxx@zzzzzzzzz.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/en/creative-cities" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/en/creative-cities" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxx_xxxxxxxxx@zzzzzzzzz.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/KuEVmKAyDss?si=SjP62Y8Z0kgxCey5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2024.12.0000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font26.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font29.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.odttf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font28.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font31.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.odttf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font27.odttf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font30.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font26.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2026.14.0000" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vortex.unespar.edu.br/" TargetMode="External"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33871/vortex.2026.14.0000" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vortex.unespar.edu.br/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1676</Words>
-  <Characters>9714</Characters>
+  <Words>1883</Words>
+  <Characters>10796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>282</Lines>
-  <Paragraphs>102</Paragraphs>
+  <Lines>327</Lines>
+  <Paragraphs>147</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Template</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11299</CharactersWithSpaces>
+  <CharactersWithSpaces>12532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Template</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
-  <dc:description>This document serves as a template to assist authors in preparing manuscripts according to the layout and formatting standards of Vórtex Music Journal.</dc:description>
+  <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
 </cp:coreProperties>
 </file>